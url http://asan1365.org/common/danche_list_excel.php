--- v0 (2026-01-01)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="danche list" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
   <si>
     <t>번호</t>
   </si>
   <si>
     <t>단체명</t>
   </si>
   <si>
     <t>단체대표</t>
   </si>
   <si>
     <t>회원수</t>
   </si>
   <si>
     <t>단체구분</t>
   </si>
   <si>
     <t>활동영역</t>
   </si>
   <si>
     <t>아산시새마을회</t>
   </si>
   <si>
     <t>김동수</t>
   </si>
   <si>
@@ -563,51 +563,51 @@
   <si>
     <t>김근희</t>
   </si>
   <si>
     <t>사)한국디지털사진가협회 충남지부 아산지회</t>
   </si>
   <si>
     <t>정윤섭</t>
   </si>
   <si>
     <t>아산경찰서 의경어머니회</t>
   </si>
   <si>
     <t>윤여옥</t>
   </si>
   <si>
     <t>한빛문화예술단</t>
   </si>
   <si>
     <t>박미현</t>
   </si>
   <si>
     <t>희망봉사단</t>
   </si>
   <si>
-    <t>이기성</t>
+    <t>서만석</t>
   </si>
   <si>
     <t>안전지도자협회</t>
   </si>
   <si>
     <t>남미경</t>
   </si>
   <si>
     <t>상록문화예술단</t>
   </si>
   <si>
     <t>이해숙</t>
   </si>
   <si>
     <t>한국청소년보호연맹 아산지회</t>
   </si>
   <si>
     <t>조성찬</t>
   </si>
   <si>
     <t>맑은누리봉사단</t>
   </si>
   <si>
     <t>김은경</t>
   </si>
@@ -1011,50 +1011,56 @@
     <t>김근경</t>
   </si>
   <si>
     <t>원케어봉사단</t>
   </si>
   <si>
     <t>성시화</t>
   </si>
   <si>
     <t>전성시대</t>
   </si>
   <si>
     <t>장정옥</t>
   </si>
   <si>
     <t>도경인문학아카데미</t>
   </si>
   <si>
     <t>이순주</t>
   </si>
   <si>
     <t>상자모(천안아산자영업자협동조합)</t>
   </si>
   <si>
     <t>강지예</t>
+  </si>
+  <si>
+    <t>온양원도심 마을관리사회적협동조합</t>
+  </si>
+  <si>
+    <t>김찬호</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="굴림"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1380,51 +1386,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F149"/>
+  <dimension ref="A1:F150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.398926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.37854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.812866" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.398926" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.012328999999999" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.944214" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -3067,51 +3073,51 @@
       </c>
       <c r="C83" t="s">
         <v>181</v>
       </c>
       <c r="D83">
         <v>15</v>
       </c>
       <c r="E83" t="s">
         <v>8</v>
       </c>
       <c r="F83" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>182</v>
       </c>
       <c r="C84" t="s">
         <v>183</v>
       </c>
       <c r="D84">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E84" t="s">
         <v>8</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>184</v>
       </c>
       <c r="C85" t="s">
         <v>185</v>
       </c>
       <c r="D85">
         <v>14</v>
       </c>
       <c r="E85" t="s">
         <v>8</v>
       </c>
       <c r="F85" t="s">
@@ -4373,50 +4379,70 @@
       </c>
       <c r="E148" t="s">
         <v>8</v>
       </c>
       <c r="F148" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>331</v>
       </c>
       <c r="C149" t="s">
         <v>332</v>
       </c>
       <c r="D149">
         <v>9</v>
       </c>
       <c r="E149" t="s">
         <v>8</v>
       </c>
       <c r="F149" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150">
+        <v>149</v>
+      </c>
+      <c r="B150" t="s">
+        <v>333</v>
+      </c>
+      <c r="C150" t="s">
+        <v>334</v>
+      </c>
+      <c r="D150">
+        <v>26</v>
+      </c>
+      <c r="E150" t="s">
+        <v>8</v>
+      </c>
+      <c r="F150" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>